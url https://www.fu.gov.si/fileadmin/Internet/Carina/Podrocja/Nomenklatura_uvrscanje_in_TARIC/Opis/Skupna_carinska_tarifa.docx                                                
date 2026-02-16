--- v0 (2025-11-26)
+++ v1 (2026-02-16)
@@ -8,51 +8,51 @@
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="271D981B" w14:textId="77777777" w:rsidR="00887E1E" w:rsidRDefault="00887E1E" w:rsidP="00CA699D">
       <w:pPr>
         <w:pStyle w:val="datumtevilka"/>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="356111E3" w14:textId="77777777" w:rsidR="00887E1E" w:rsidRDefault="00887E1E" w:rsidP="00CA699D">
       <w:pPr>
         <w:pStyle w:val="datumtevilka"/>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="67F7EF47" w14:textId="77777777" w:rsidR="00F825FF" w:rsidRDefault="00F825FF" w:rsidP="00CA699D">
       <w:pPr>
         <w:pStyle w:val="datumtevilka"/>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2DA37161" w14:textId="77777777" w:rsidR="0080135B" w:rsidRDefault="0080135B" w:rsidP="00CA699D">
       <w:pPr>
         <w:pStyle w:val="datumtevilka"/>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
@@ -511,111 +511,111 @@
           </w:rPr>
         </w:r>
         <w:r w:rsidR="00A97BCA">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="006953AE">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>3</w:t>
         </w:r>
         <w:r w:rsidR="00A97BCA">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="081BF18F" w14:textId="77777777" w:rsidR="00A97BCA" w:rsidRPr="003F5C6E" w:rsidRDefault="00000000">
+    <w:p w14:paraId="081BF18F" w14:textId="77777777" w:rsidR="00A97BCA" w:rsidRPr="003F5C6E" w:rsidRDefault="00A97BCA">
       <w:pPr>
         <w:pStyle w:val="Kazalovsebine1"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="sl-SI" w:eastAsia="sl-SI"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc412452004" w:history="1">
-        <w:r w:rsidR="00A97BCA" w:rsidRPr="00961BBD">
+        <w:r w:rsidRPr="00961BBD">
           <w:rPr>
             <w:rStyle w:val="Hiperpovezava"/>
             <w:noProof/>
           </w:rPr>
           <w:t>2.0 ELEMENTI SKUPNE CARINSKE TARIFE EU</w:t>
         </w:r>
-        <w:r w:rsidR="00A97BCA">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00A97BCA">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00A97BCA">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc412452004 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00A97BCA">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="00A97BCA">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="006953AE">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>3</w:t>
         </w:r>
-        <w:r w:rsidR="00A97BCA">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="330EBC70" w14:textId="77777777" w:rsidR="00887E1E" w:rsidRPr="00E57198" w:rsidRDefault="00F079C5" w:rsidP="00E57198">
       <w:pPr>
         <w:pStyle w:val="FURSnaslov1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="0"/>
           <w:sz w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="00DA2C9A">
         <w:rPr>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:br w:type="page"/>
@@ -646,123 +646,139 @@
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009D193F">
         <w:rPr>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
         <w:t xml:space="preserve">Skupna carinska tarifa (angl. </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="009D193F">
         <w:rPr>
           <w:i/>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
         <w:t>Common</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="009D193F">
         <w:rPr>
           <w:i/>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Customs </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="009D193F">
         <w:rPr>
           <w:i/>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
-        <w:t>Tariff</w:t>
+        <w:t>Customs</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="009D193F">
         <w:rPr>
-          <w:lang w:val="sl-SI"/>
-[...16 lines deleted...]
-        <w:rPr>
+          <w:i/>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
-      </w:r>
-[...23 lines deleted...]
-        <w:t xml:space="preserve">EEC </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="009D193F">
         <w:rPr>
           <w:i/>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
-        <w:t>Treaty</w:t>
+        <w:t>Tariff</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="009D193F">
         <w:rPr>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
+        <w:t>) E</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="sl-SI"/>
+        </w:rPr>
+        <w:t xml:space="preserve">vropske unije </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009D193F">
+        <w:rPr>
+          <w:lang w:val="sl-SI"/>
+        </w:rPr>
+        <w:t>je bila uvedena z Uredbo Sveta (EGS) št. 2658/87, z dne 23. julija 1987, o tarifni in statistični nomenklaturi ter skupni carinski tarifi (Ur. l. EU št. L 256, 1987, str. 1).</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="sl-SI"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009D193F">
+        <w:rPr>
+          <w:lang w:val="sl-SI"/>
+        </w:rPr>
+        <w:t>Vzpostavitev skupne carinske tarife je del Pogodbe o E</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="sl-SI"/>
+        </w:rPr>
+        <w:t>vropski uniji</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009D193F">
+        <w:rPr>
+          <w:lang w:val="sl-SI"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (angl. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009D193F">
+        <w:rPr>
+          <w:i/>
+          <w:lang w:val="sl-SI"/>
+        </w:rPr>
+        <w:t xml:space="preserve">EEC </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009D193F">
+        <w:rPr>
+          <w:i/>
+          <w:lang w:val="sl-SI"/>
+        </w:rPr>
+        <w:t>Treaty</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009D193F">
+        <w:rPr>
+          <w:lang w:val="sl-SI"/>
+        </w:rPr>
         <w:t>), v členih od 18 do 27, ki izrecno določa sprejetje skupne carinske tarife v odnosih držav članic s tretjimi državami.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="009D193F">
         <w:rPr>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
         <w:t xml:space="preserve">V skladu s 23. členom </w:t>
       </w:r>
       <w:r w:rsidR="005165E0">
         <w:rPr>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
         <w:t>iste pog</w:t>
       </w:r>
       <w:r w:rsidRPr="009D193F">
         <w:rPr>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
         <w:t>odbe je EU osnovana na carinski uniji, ki temelji na uporabi skupne carinske tarife</w:t>
@@ -842,133 +858,127 @@
         </w:rPr>
         <w:t>netarifni</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00F11648">
         <w:rPr>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
         <w:t xml:space="preserve"> ukrepi, ugotavljanje porekla ipd.).</w:t>
       </w:r>
       <w:r w:rsidR="009D193F" w:rsidRPr="009D193F">
         <w:rPr>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
         <w:t xml:space="preserve"> Višina uvoznih dajatev se razlikuje od uvoza do uvoza, odvisno od tega, kaj se uvaža in od kod se uvaža. Carinske stopnje se razlikujejo tudi glede na ekonomsko pomembnost proizvodov. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="11EB6FF9" w14:textId="77777777" w:rsidR="00F11648" w:rsidRPr="00F11648" w:rsidRDefault="00F11648" w:rsidP="00F11648">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="10334B3F" w14:textId="0F51C913" w:rsidR="00C26169" w:rsidRPr="00C26169" w:rsidRDefault="009D193F" w:rsidP="00C26169">
+    <w:p w14:paraId="10334B3F" w14:textId="7941F271" w:rsidR="00C26169" w:rsidRPr="00C26169" w:rsidRDefault="009D193F" w:rsidP="00C26169">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009D193F">
         <w:rPr>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
         <w:t>Skupna carinska tarifa E</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
         <w:t>U</w:t>
       </w:r>
       <w:r w:rsidRPr="009D193F">
         <w:rPr>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
         <w:t xml:space="preserve"> temelji na </w:t>
       </w:r>
       <w:hyperlink r:id="rId11" w:history="1">
-        <w:r w:rsidR="00C26169" w:rsidRPr="00C26169">
+        <w:r w:rsidR="00C26169" w:rsidRPr="00793BEF">
           <w:rPr>
             <w:rStyle w:val="Hiperpovezava"/>
             <w:lang w:val="sl-SI"/>
           </w:rPr>
           <w:t xml:space="preserve">mednarodni nomenklaturi </w:t>
         </w:r>
         <w:proofErr w:type="spellStart"/>
-        <w:r w:rsidR="00C26169" w:rsidRPr="00C26169">
+        <w:r w:rsidR="00C26169" w:rsidRPr="00793BEF">
           <w:rPr>
             <w:rStyle w:val="Hiperpovezava"/>
             <w:lang w:val="sl-SI"/>
           </w:rPr>
           <w:t>harmoniziranega</w:t>
         </w:r>
         <w:proofErr w:type="spellEnd"/>
-        <w:r w:rsidR="00C26169" w:rsidRPr="00C26169">
+        <w:r w:rsidR="00C26169" w:rsidRPr="00793BEF">
           <w:rPr>
             <w:rStyle w:val="Hiperpovezava"/>
             <w:lang w:val="sl-SI"/>
           </w:rPr>
           <w:t xml:space="preserve"> sistema (HS)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00C26169" w:rsidRPr="00C26169">
         <w:rPr>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="009D193F">
         <w:rPr>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
         <w:t>in na</w:t>
       </w:r>
       <w:r w:rsidR="00BA7916">
         <w:rPr>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId12" w:history="1">
-        <w:r w:rsidR="00BA7916" w:rsidRPr="005C35F5">
+        <w:r w:rsidR="00BA7916" w:rsidRPr="00793BEF">
           <w:rPr>
             <w:rStyle w:val="Hiperpovezava"/>
             <w:lang w:val="sl-SI"/>
           </w:rPr>
-          <w:t>kombinirani nomenklaturi EU (KN)</w:t>
+          <w:t>kombinirani nomenklaturi EU (KN).</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00BA7916" w:rsidRPr="00D944BD">
-[...4 lines deleted...]
-      </w:r>
     </w:p>
     <w:p w14:paraId="1ADA74AC" w14:textId="77777777" w:rsidR="008B6815" w:rsidRDefault="008B6815" w:rsidP="00F11648">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="49BABA95" w14:textId="77777777" w:rsidR="00F11648" w:rsidRDefault="00F11648" w:rsidP="00F11648">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F11648">
         <w:rPr>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
         <w:t>Pojem carinska tarifa predstavlja kombinacijo nomenklature (podrobnega seznama blaga) in stopnje dajatev, s pomočjo katere izračunamo carinske dajatve, ki se plačajo za določeno blago ob uvozu v Evropsko unijo (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="sl-SI"/>
@@ -1643,80 +1653,80 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00C34A67">
         <w:rPr>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00DE47CB" w:rsidRPr="00981E88" w:rsidSect="00783310">
       <w:headerReference w:type="default" r:id="rId13"/>
       <w:footerReference w:type="default" r:id="rId14"/>
       <w:headerReference w:type="first" r:id="rId15"/>
       <w:footerReference w:type="first" r:id="rId16"/>
       <w:pgSz w:w="11900" w:h="16840" w:code="9"/>
       <w:pgMar w:top="1701" w:right="1701" w:bottom="1134" w:left="1701" w:header="964" w:footer="794" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7DD97685" w14:textId="77777777" w:rsidR="00084261" w:rsidRDefault="00084261">
+    <w:p w14:paraId="2C902779" w14:textId="77777777" w:rsidR="006011C7" w:rsidRDefault="006011C7">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="409A0CCE" w14:textId="77777777" w:rsidR="00084261" w:rsidRDefault="00084261">
+    <w:p w14:paraId="0EB153ED" w14:textId="77777777" w:rsidR="006011C7" w:rsidRDefault="006011C7">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="EE"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="EE"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -1724,154 +1734,154 @@
     <w:panose1 w:val="020B0509030504030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Republika">
     <w:panose1 w:val="02000506040000020004"/>
     <w:charset w:val="EE"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00000FF" w:usb1="4000205B" w:usb2="00000000" w:usb3="00000000" w:csb0="00000093" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Republika Bold">
     <w:altName w:val="Courier New"/>
     <w:panose1 w:val="02000806030000020004"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="03000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="61BB3A6C" w14:textId="77777777" w:rsidR="009F30FB" w:rsidRDefault="009F30FB" w:rsidP="009F30FB">
     <w:pPr>
       <w:pStyle w:val="Noga"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="006E30BC" w:rsidRPr="006E30BC">
       <w:rPr>
         <w:noProof/>
         <w:lang w:val="sl-SI"/>
       </w:rPr>
       <w:t>3</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="15BAA40B" w14:textId="77777777" w:rsidR="00CA699D" w:rsidRDefault="00CA699D" w:rsidP="00751D38">
     <w:pPr>
       <w:pStyle w:val="Noga"/>
       <w:jc w:val="right"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3EA8D8EF" w14:textId="77777777" w:rsidR="00084261" w:rsidRDefault="00084261">
+    <w:p w14:paraId="2F349F36" w14:textId="77777777" w:rsidR="006011C7" w:rsidRDefault="006011C7">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="38BD528D" w14:textId="77777777" w:rsidR="00084261" w:rsidRDefault="00084261">
+    <w:p w14:paraId="18F45583" w14:textId="77777777" w:rsidR="006011C7" w:rsidRDefault="006011C7">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="46F43F70" w14:textId="77777777" w:rsidR="00CA699D" w:rsidRPr="00110CBD" w:rsidRDefault="00CA699D" w:rsidP="007D75CF">
     <w:pPr>
       <w:pStyle w:val="Glava"/>
       <w:spacing w:line="240" w:lineRule="exact"/>
       <w:rPr>
         <w:rFonts w:ascii="Republika" w:hAnsi="Republika"/>
         <w:sz w:val="16"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblpPr w:leftFromText="142" w:rightFromText="142" w:bottomFromText="6005" w:vertAnchor="page" w:horzAnchor="page" w:tblpX="925" w:tblpY="869"/>
       <w:tblW w:w="0" w:type="auto"/>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="649"/>
     </w:tblGrid>
     <w:tr w:rsidR="00CA699D" w:rsidRPr="008F3500" w14:paraId="66694D65" w14:textId="77777777">
       <w:trPr>
         <w:cantSplit/>
         <w:trHeight w:hRule="exact" w:val="847"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="567" w:type="dxa"/>
         </w:tcPr>
         <w:p w14:paraId="0492C23A" w14:textId="77777777" w:rsidR="00CA699D" w:rsidRDefault="00CA699D" w:rsidP="00D248DE">
           <w:pPr>
             <w:autoSpaceDE w:val="0"/>
             <w:autoSpaceDN w:val="0"/>
             <w:adjustRightInd w:val="0"/>
             <w:spacing w:line="240" w:lineRule="auto"/>
             <w:rPr>
@@ -2337,51 +2347,51 @@
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:lang w:val="sl-SI"/>
       </w:rPr>
       <w:t>www.fu.gov.si</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="58ED57D5" w14:textId="77777777" w:rsidR="00CA699D" w:rsidRPr="008F3500" w:rsidRDefault="00CA699D" w:rsidP="007D75CF">
     <w:pPr>
       <w:pStyle w:val="Glava"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4320"/>
         <w:tab w:val="clear" w:pos="8640"/>
         <w:tab w:val="left" w:pos="5112"/>
       </w:tabs>
       <w:rPr>
         <w:lang w:val="sl-SI"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="09F11CBD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="66265AA2"/>
     <w:lvl w:ilvl="0" w:tplc="04240001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04240003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -3725,336 +3735,341 @@
   <w:num w:numId="6" w16cid:durableId="1941640427">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1083264516">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="1023634381">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="1410155786">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="1111819377">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="250359487">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="5402757">
     <w:abstractNumId w:val="8"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="0001" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="0" w:clearFormatting="0" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:documentProtection w:edit="readOnly" w:enforcement="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
   <w:drawingGridHorizontalSpacing w:val="284"/>
   <w:drawingGridVerticalSpacing w:val="284"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:drawingGridHorizontalOrigin w:val="0"/>
   <w:drawingGridVerticalOrigin w:val="0"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050">
       <o:colormru v:ext="edit" colors="#428299"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00F825FF"/>
     <w:rsid w:val="000063FF"/>
     <w:rsid w:val="00020A53"/>
     <w:rsid w:val="00023A88"/>
     <w:rsid w:val="0002769D"/>
     <w:rsid w:val="00030608"/>
     <w:rsid w:val="000517B6"/>
     <w:rsid w:val="000805EA"/>
     <w:rsid w:val="0008352D"/>
-    <w:rsid w:val="00084261"/>
     <w:rsid w:val="000A488B"/>
     <w:rsid w:val="000A7238"/>
     <w:rsid w:val="000B0B21"/>
     <w:rsid w:val="000C203D"/>
     <w:rsid w:val="000C2273"/>
     <w:rsid w:val="000C7716"/>
     <w:rsid w:val="000E01BA"/>
     <w:rsid w:val="000E6E90"/>
     <w:rsid w:val="00134811"/>
     <w:rsid w:val="001357B2"/>
     <w:rsid w:val="00145FB7"/>
     <w:rsid w:val="001514FE"/>
     <w:rsid w:val="001A3BA5"/>
     <w:rsid w:val="001A3D00"/>
     <w:rsid w:val="001C2D67"/>
     <w:rsid w:val="001F081B"/>
     <w:rsid w:val="001F3B22"/>
     <w:rsid w:val="001F4287"/>
     <w:rsid w:val="001F5542"/>
     <w:rsid w:val="001F7BC0"/>
     <w:rsid w:val="00202A77"/>
     <w:rsid w:val="002302D9"/>
     <w:rsid w:val="002452A8"/>
     <w:rsid w:val="00271CE5"/>
     <w:rsid w:val="00276637"/>
     <w:rsid w:val="00282020"/>
     <w:rsid w:val="00285A82"/>
     <w:rsid w:val="002A314E"/>
     <w:rsid w:val="002A5510"/>
     <w:rsid w:val="00304610"/>
     <w:rsid w:val="00342BA0"/>
     <w:rsid w:val="00362A1D"/>
     <w:rsid w:val="003636BF"/>
     <w:rsid w:val="00370AA7"/>
     <w:rsid w:val="0037479F"/>
     <w:rsid w:val="003845B4"/>
     <w:rsid w:val="00387B1A"/>
     <w:rsid w:val="00393DF3"/>
     <w:rsid w:val="003E1C74"/>
     <w:rsid w:val="003F2CB2"/>
     <w:rsid w:val="003F5C6E"/>
     <w:rsid w:val="00400ECC"/>
     <w:rsid w:val="004212A9"/>
     <w:rsid w:val="00433154"/>
     <w:rsid w:val="0044254E"/>
+    <w:rsid w:val="00462634"/>
     <w:rsid w:val="00472E85"/>
     <w:rsid w:val="00495F8B"/>
     <w:rsid w:val="004A50B7"/>
     <w:rsid w:val="004B112D"/>
+    <w:rsid w:val="004C155E"/>
     <w:rsid w:val="005165E0"/>
     <w:rsid w:val="00526246"/>
     <w:rsid w:val="0053310A"/>
     <w:rsid w:val="00567106"/>
     <w:rsid w:val="005A3DDB"/>
     <w:rsid w:val="005C35F5"/>
     <w:rsid w:val="005D4DF6"/>
     <w:rsid w:val="005E1D3C"/>
     <w:rsid w:val="005F3D7A"/>
     <w:rsid w:val="006010A7"/>
+    <w:rsid w:val="006011C7"/>
     <w:rsid w:val="006030D0"/>
     <w:rsid w:val="00632253"/>
     <w:rsid w:val="006409C0"/>
     <w:rsid w:val="006410EF"/>
     <w:rsid w:val="00642714"/>
     <w:rsid w:val="00643C4E"/>
     <w:rsid w:val="006455CE"/>
     <w:rsid w:val="00666FE7"/>
     <w:rsid w:val="00667BB9"/>
     <w:rsid w:val="006938A3"/>
     <w:rsid w:val="006943E0"/>
     <w:rsid w:val="006952E1"/>
     <w:rsid w:val="006953AE"/>
     <w:rsid w:val="006D2FCD"/>
     <w:rsid w:val="006D42D9"/>
     <w:rsid w:val="006E30BC"/>
     <w:rsid w:val="00726463"/>
     <w:rsid w:val="00733017"/>
     <w:rsid w:val="007379E3"/>
     <w:rsid w:val="00741CB5"/>
     <w:rsid w:val="00751D38"/>
     <w:rsid w:val="00770E50"/>
     <w:rsid w:val="00783310"/>
+    <w:rsid w:val="00793BEF"/>
     <w:rsid w:val="007A4A6D"/>
     <w:rsid w:val="007D1BCF"/>
     <w:rsid w:val="007D75CF"/>
     <w:rsid w:val="007E6DC5"/>
     <w:rsid w:val="0080135B"/>
     <w:rsid w:val="0085680E"/>
     <w:rsid w:val="0088043C"/>
     <w:rsid w:val="00880BD4"/>
     <w:rsid w:val="00887E1E"/>
     <w:rsid w:val="008906C9"/>
     <w:rsid w:val="00893BF0"/>
     <w:rsid w:val="008B584D"/>
     <w:rsid w:val="008B6815"/>
     <w:rsid w:val="008C5738"/>
     <w:rsid w:val="008D04F0"/>
     <w:rsid w:val="008D5F52"/>
     <w:rsid w:val="008E0ECC"/>
     <w:rsid w:val="008F026E"/>
     <w:rsid w:val="008F3500"/>
     <w:rsid w:val="00924E3C"/>
     <w:rsid w:val="009477FA"/>
+    <w:rsid w:val="00953386"/>
     <w:rsid w:val="009541F3"/>
     <w:rsid w:val="009612BB"/>
-    <w:rsid w:val="009738C8"/>
     <w:rsid w:val="00981E88"/>
     <w:rsid w:val="009A411B"/>
     <w:rsid w:val="009A797F"/>
     <w:rsid w:val="009D193F"/>
     <w:rsid w:val="009D57F9"/>
     <w:rsid w:val="009E6AC6"/>
     <w:rsid w:val="009F30FB"/>
     <w:rsid w:val="00A000F2"/>
     <w:rsid w:val="00A07C83"/>
     <w:rsid w:val="00A125C5"/>
-    <w:rsid w:val="00A128D1"/>
     <w:rsid w:val="00A12D5C"/>
+    <w:rsid w:val="00A14777"/>
     <w:rsid w:val="00A37803"/>
     <w:rsid w:val="00A5039D"/>
     <w:rsid w:val="00A61123"/>
     <w:rsid w:val="00A65EE7"/>
     <w:rsid w:val="00A70133"/>
     <w:rsid w:val="00A764CB"/>
     <w:rsid w:val="00A97BCA"/>
     <w:rsid w:val="00AA02BB"/>
     <w:rsid w:val="00AC5C16"/>
     <w:rsid w:val="00AE2BBE"/>
     <w:rsid w:val="00B1337D"/>
     <w:rsid w:val="00B16C52"/>
     <w:rsid w:val="00B17141"/>
     <w:rsid w:val="00B21804"/>
     <w:rsid w:val="00B24208"/>
     <w:rsid w:val="00B27607"/>
     <w:rsid w:val="00B31575"/>
     <w:rsid w:val="00B34922"/>
     <w:rsid w:val="00B47AF6"/>
     <w:rsid w:val="00B52FD8"/>
     <w:rsid w:val="00B53904"/>
     <w:rsid w:val="00B8547D"/>
     <w:rsid w:val="00B9463E"/>
     <w:rsid w:val="00BA7916"/>
     <w:rsid w:val="00BD5366"/>
     <w:rsid w:val="00BD54C5"/>
     <w:rsid w:val="00BE094A"/>
     <w:rsid w:val="00BE22EB"/>
     <w:rsid w:val="00BE53EB"/>
     <w:rsid w:val="00C250D5"/>
     <w:rsid w:val="00C26169"/>
     <w:rsid w:val="00C34A67"/>
     <w:rsid w:val="00C47F8D"/>
     <w:rsid w:val="00C64874"/>
     <w:rsid w:val="00C81391"/>
     <w:rsid w:val="00C92898"/>
     <w:rsid w:val="00CA699D"/>
     <w:rsid w:val="00CC179C"/>
     <w:rsid w:val="00CE72B1"/>
     <w:rsid w:val="00CE7514"/>
     <w:rsid w:val="00CF7B9B"/>
     <w:rsid w:val="00D1699F"/>
+    <w:rsid w:val="00D20FB2"/>
     <w:rsid w:val="00D21397"/>
     <w:rsid w:val="00D248DE"/>
     <w:rsid w:val="00D41838"/>
     <w:rsid w:val="00D515CC"/>
     <w:rsid w:val="00D64C09"/>
     <w:rsid w:val="00D668B5"/>
+    <w:rsid w:val="00D7200C"/>
     <w:rsid w:val="00D8542D"/>
     <w:rsid w:val="00D944BD"/>
     <w:rsid w:val="00DA2C9A"/>
     <w:rsid w:val="00DA41A6"/>
     <w:rsid w:val="00DC0FE6"/>
     <w:rsid w:val="00DC6A71"/>
     <w:rsid w:val="00DE47CB"/>
     <w:rsid w:val="00DE5B46"/>
     <w:rsid w:val="00DE6694"/>
     <w:rsid w:val="00DE725D"/>
     <w:rsid w:val="00E0357D"/>
     <w:rsid w:val="00E24EC2"/>
     <w:rsid w:val="00E57198"/>
     <w:rsid w:val="00E572FE"/>
     <w:rsid w:val="00E853E8"/>
     <w:rsid w:val="00EA3960"/>
-    <w:rsid w:val="00EC097A"/>
     <w:rsid w:val="00ED7E82"/>
     <w:rsid w:val="00EE43B0"/>
     <w:rsid w:val="00EE6836"/>
     <w:rsid w:val="00F03E64"/>
     <w:rsid w:val="00F04FD5"/>
     <w:rsid w:val="00F079C5"/>
     <w:rsid w:val="00F11648"/>
     <w:rsid w:val="00F11C41"/>
     <w:rsid w:val="00F240BB"/>
     <w:rsid w:val="00F42BCC"/>
     <w:rsid w:val="00F46724"/>
     <w:rsid w:val="00F57FED"/>
     <w:rsid w:val="00F75F95"/>
     <w:rsid w:val="00F825FF"/>
     <w:rsid w:val="00F907E8"/>
+    <w:rsid w:val="00F9437C"/>
     <w:rsid w:val="00FD2BEC"/>
     <w:rsid w:val="00FE5982"/>
     <w:rsid w:val="00FF68BC"/>
     <w:rsid w:val="00FF782C"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="sl-SI"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050">
       <o:colormru v:ext="edit" colors="#428299"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:doNotEmbedSmartTags/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="271D4330"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{16297194-8802-49D2-9420-F66ADDA6D0F4}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="sl-SI" w:eastAsia="sl-SI" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39" w:qFormat="1"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39" w:qFormat="1"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39" w:qFormat="1"/>
     <w:lsdException w:name="footer" w:uiPriority="99"/>
     <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -4756,74 +4771,74 @@
     <w:link w:val="FURSnaslov2"/>
     <w:rsid w:val="00F079C5"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:b/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="it-IT" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Nerazreenaomemba">
     <w:name w:val="Unresolved Mention"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="0080135B"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="1145396366">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/SL/TXT/PDF/?uri=OJ:L_202402522" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.wcoomd.org/en/topics/nomenclature/instrument-and-tools/hs-nomenclature-2017-edition/hs-nomenclature-2017-edition.aspx" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/SL/TXT/PDF/?uri=OJ:L_202501926" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wcotradetools.org/en/harmonized-system" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Officeova tema">
   <a:themeElements>
     <a:clrScheme name="Pisarna">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -5094,69 +5109,63 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
-[...2 lines deleted...]
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...2 lines deleted...]
-</p:properties>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokument" ma:contentTypeID="0x010100D54B973E05FF924392C75F7125FABE1C" ma:contentTypeVersion="" ma:contentTypeDescription="Ustvari nov dokument." ma:contentTypeScope="" ma:versionID="92b7d763a64e8ac426439fe6226ccffa">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="ffab43e4b4d4522ee103401782b6fa85">
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all/>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Vrsta vsebine"/>
         <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Naslov"/>
@@ -5226,121 +5235,127 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement/>
+</p:properties>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5B33610A-A95D-4F76-84DF-AF6F3C625B88}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9C14608D-2F15-4801-BEE1-6331133596E1}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...6 lines deleted...]
-
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{510D7113-F871-490E-B253-A34C87A29BDA}">
-[...7 lines deleted...]
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E88A3AEE-85A3-4936-8E9D-653CDEADEFD4}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{510D7113-F871-490E-B253-A34C87A29BDA}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>4826</Characters>
+  <Pages>4</Pages>
+  <Words>834</Words>
+  <Characters>4760</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>40</Lines>
+  <Lines>39</Lines>
   <Paragraphs>11</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Naslov</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Številka:</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Davčna Uprava RS</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5661</CharactersWithSpaces>
+  <CharactersWithSpaces>5583</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="24" baseType="variant">
       <vt:variant>
         <vt:i4>8061013</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>18</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>https://eur-lex.europa.eu/legal-content/SL/TXT/PDF/?uri=OJ:L_202302364</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>4587603</vt:i4>
       </vt:variant>
       <vt:variant>